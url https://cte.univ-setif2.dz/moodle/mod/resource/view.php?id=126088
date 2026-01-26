--- v0 (2025-11-09)
+++ v1 (2026-01-26)
@@ -1,479 +1,327 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00831821" w:rsidRPr="00831821" w:rsidRDefault="00831821" w:rsidP="007E0499">
+    <w:p w14:paraId="7938C51F" w14:textId="77777777" w:rsidR="00831821" w:rsidRPr="00831821" w:rsidRDefault="00831821" w:rsidP="007E0499">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00831821">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>تعريف</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> قانون العمل: </w:t>
+        <w:t xml:space="preserve">تعريف قانون العمل: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D1372E" w:rsidRPr="007E0499" w:rsidRDefault="00D1372E" w:rsidP="00EE19D5">
+    <w:p w14:paraId="11EF3857" w14:textId="77777777" w:rsidR="00D1372E" w:rsidRPr="007E0499" w:rsidRDefault="00D1372E" w:rsidP="00EE19D5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">يعتبر </w:t>
       </w:r>
       <w:r w:rsidR="00EB2410" w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">قانون العمل </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>فرع</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>فرع من فروع القانون الخاص و</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2410" w:rsidRPr="007E0499">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">هو تشريع أساسي ينظم علاقات العمل في الجزائر. ويعد أحد الركائز القانونية التي تحكم حقوق وواجبات العاملين وأرباب العمل في القطاعين العام والخاص. </w:t>
+      </w:r>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> من فروع القانون الخاص و</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">هو تشريع أساسي ينظم علاقات العمل في الجزائر. ويعد أحد الركائز القانونية التي تحكم حقوق وواجبات العاملين وأرباب العمل في القطاعين العام والخاص. </w:t>
+        <w:t>وهو القانون الذي يحدد إطار العمل في الجزائر ويعالج جميع المسائل المتعلقة بتنظيم علاقات العمل بين العامل وأرباب العمل. وهو يهدف إلى</w:t>
       </w:r>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>الذي</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>حماية حقوق العمال و</w:t>
+      </w:r>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> يحدد إطار العمل في الجزائر ويعالج جميع المسائل المتعلقة بتنظيم علاقات العمل بين العامل وأرباب العمل. وهو يهدف إلى</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تحديد واجبات أصحاب العمل</w:t>
       </w:r>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl/>
-[...1 lines deleted...]
-        <w:t>حماية حقوق العمال و</w:t>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بالاضافة لوضع ضوابط من أجل تنظيم العلاقة بين الطرفين ضمن حدود تشريعية تكفل العدالة الاجتماعية</w:t>
+      </w:r>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl/>
-[...17 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00D1372E" w:rsidRPr="007E0499" w:rsidRDefault="007E0499" w:rsidP="001417D5">
+    <w:p w14:paraId="215121AC" w14:textId="38AAD274" w:rsidR="00D1372E" w:rsidRPr="007E0499" w:rsidRDefault="007E0499" w:rsidP="001417D5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">ولقد عرف الفقه قانون العمل بأنه </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>ولقد عرف الفقه قانون العمل بأنه " مجموعة من القواعد القانونية التي تحكم وتنظم الروابط بين طرفي علاقة العمل الناشئة عن العمل التابع للعمال المأجورين"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  وهناك من يعرفه بأنه:" مجموعة القواعد القانونية والاتفاقية </w:t>
+      </w:r>
       <w:r w:rsidRPr="007E0499">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>"</w:t>
-[...21 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>التي تحكم وتنظم</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">  وهناك من يعرفه </w:t>
-[...36 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> مختلف أوجه العلاقة </w:t>
       </w:r>
       <w:r w:rsidR="001417D5">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">القائمة بين كل من العامل والمؤسسة المستخدمة الناتجة عن عقد العمل وما يترتب عنها من أثار ومراكز </w:t>
-[...20 lines deleted...]
-        <w:footnoteReference w:id="1"/>
+        <w:t>القائمة بين كل من العامل والمؤسسة المستخدمة الناتجة عن عقد العمل وما يترتب عنها من أثار ومراكز قانونية".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRPr="0008797A" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="40858293" w14:textId="77777777" w:rsidR="009812F5" w:rsidRPr="0008797A" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>قبل</w:t>
       </w:r>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>دراسة</w:t>
       </w:r>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> مفهوم</w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> مفهوم </w:t>
+      </w:r>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>القانون،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>من</w:t>
       </w:r>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -680,62 +528,60 @@
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>العمل</w:t>
       </w:r>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>في</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>الجزائر</w:t>
       </w:r>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -783,147 +629,95 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>رئيسيتين</w:t>
       </w:r>
       <w:r w:rsidRPr="002724EE">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="5CEF18FE" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>1-</w:t>
       </w:r>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">مرحلة ما قبل الاستقلال </w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">مرحلة ما قبل الاستقلال ( الاستعمار الفرنسي 1830-1962 </w:t>
+      </w:r>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-          <w:b/>
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRPr="0008797A" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="5B9EAF13" w14:textId="77777777" w:rsidR="009812F5" w:rsidRPr="0008797A" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>نظراً</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
@@ -1031,62 +825,60 @@
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>استمر</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>هذا</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>النهج</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1271,74 +1063,62 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>عام</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-        <w:t>1947</w:t>
+        <w:t xml:space="preserve"> 1947</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>أُصدر</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1385,62 +1165,60 @@
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>هذا</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>الاتجاه،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>مما</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1587,104 +1365,100 @@
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>الجزائر</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>بناءً</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>على</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>ذلك،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>يصعب</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1851,62 +1625,60 @@
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>هذه</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>الفترة،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>إذ</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1994,273 +1766,167 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>السائدة</w:t>
       </w:r>
       <w:r w:rsidRPr="00E417F4">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRPr="0008797A" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="71AF4DD5" w14:textId="77777777" w:rsidR="009812F5" w:rsidRPr="0008797A" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>2-</w:t>
       </w:r>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">مرحل ما بعد الاستقلال </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>مرحل ما بعد الاستقلال : وهي بدورها تنقسم إلى ثلاثة مراحل</w:t>
+      </w:r>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl/>
-[...23 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="6D49CDBA" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">• </w:t>
       </w:r>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">المرحلة الأولى من </w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">المرحلة الأولى من ( 1962-1971 ) </w:t>
+      </w:r>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-          <w:b/>
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="43664165" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A942C8">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>أصدرت</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A942C8">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A942C8">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>الدولة</w:t>
       </w:r>
       <w:r w:rsidRPr="00A942C8">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2377,188 +2043,143 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A942C8">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>الفرنسية</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="44E79E07" w14:textId="382D617B" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>صدور</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>صدور أول قانون خاص ب</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0008797A">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>الوظيفة العامة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0008797A">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003100B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> أول قانون خاص ب</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>الوظيفة العامة</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>سن</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ة 1966</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003100B3">
-[...81 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="04A64053" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
@@ -2607,411 +2228,314 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>المؤرخ في 16 نوفمبر</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>1971</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="78FE5217" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">الأمر 71-75 </w:t>
       </w:r>
       <w:r w:rsidRPr="009E47EF">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>المتعلق بالعلاقات الجماعية للعمال</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="4FA0476C" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">المرحلة الثانية من </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>المرحلة الثانية من ( 1971-19</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>75</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1971-19</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> ) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="52E0D8DE" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
-          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">صدر </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>ال</w:t>
       </w:r>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">أمر 75-31 يحدد </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> العامة لعلاقات العمل في القطاع الخاص</w:t>
+        <w:t>أمر 75-31 يحدد الشروط العامة لعلاقات العمل في القطاع الخاص</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="16ECA64D" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>الأمر 75-32 يتعلق بالعدالة في العمل</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="0FB48FCC" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>الأمر 75-30 يتعلق بالمدة القانونية للعمل</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="1CFD44F3" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ا</w:t>
       </w:r>
       <w:r w:rsidRPr="0008797A">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>لأمر 75-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">33 يتعلق باختصاصات </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>33 يتعلق باختصاصات مفتشية العمل</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...19 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRPr="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="3B4AEED3" w14:textId="77777777" w:rsidR="009812F5" w:rsidRPr="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009812F5">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>صد</w:t>
       </w:r>
       <w:r w:rsidRPr="009812F5">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
@@ -3021,135 +2545,136 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>و</w:t>
       </w:r>
       <w:r w:rsidRPr="009812F5">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">ر </w:t>
       </w:r>
       <w:r w:rsidRPr="009812F5">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>الأمر 78-12 المتضمن القانون الاساسي للعامل</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRPr="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="44B8F89B" w14:textId="77777777" w:rsidR="009812F5" w:rsidRPr="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009812F5">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>صد</w:t>
       </w:r>
       <w:r w:rsidRPr="009812F5">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>و</w:t>
       </w:r>
       <w:r w:rsidRPr="009812F5">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">ر </w:t>
       </w:r>
       <w:r w:rsidRPr="009812F5">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>الأمر 82-06  المتضمن علاقات العمل.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRPr="00392F1B" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="072637FD" w14:textId="77777777" w:rsidR="009812F5" w:rsidRPr="00392F1B" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>صدور قانون العمل 90-11</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRPr="00392F1B" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="603EAB0B" w14:textId="77777777" w:rsidR="009812F5" w:rsidRPr="00392F1B" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>إصدار</w:t>
       </w:r>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
@@ -3277,84 +2802,80 @@
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>أسباب</w:t>
       </w:r>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>اقتصادية،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>اجتماعية،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>وسياسية</w:t>
       </w:r>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -3662,1842 +3183,1240 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>القانون</w:t>
       </w:r>
       <w:r w:rsidRPr="00392F1B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="5F349F6F" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">لعل أهم التعديلات </w:t>
-[...24 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>لعل أهم التعديلات هي :</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="00D54862" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">القانون 92-29 المؤرخ في 21 </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">  حيث جاء لتعديل وتتميم  المادة 73</w:t>
+        <w:t>القانون 92-29 المؤرخ في 21 دسيمبر  حيث جاء لتعديل وتتميم  المادة 73</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="11469007" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">المرسوم التشريعي 94-03 المؤرخ في 11 أبريل 1994 الذي </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> وتمم المادة 87 مكرر</w:t>
+        <w:t>المرسوم التشريعي 94-03 المؤرخ في 11 أبريل 1994 الذي جاء وتمم المادة 87 مكرر</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="5B100767" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">الأمر 94-09 المؤرخ في 26 </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 1994 المتضمن الحفاظ على الشغل وحماية الأجراء الذين يفقدون عملهم بصفة ارادية</w:t>
+        <w:t>الأمر 94-09 المؤرخ في 26 ماي 1994 المتضمن الحفاظ على الشغل وحماية الأجراء الذين يفقدون عملهم بصفة ارادية</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="10F8DBDE" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">الأمر 96-21 المؤرخ في 09 </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> الذي أضاف المادة 12 مكرر  وأضاف المادة 31 و المادة 42 والمادة 45 وعدل وتمم المادة 73/4  وعدل المادة 91.</w:t>
+        <w:t>الأمر 96-21 المؤرخ في 09 جويلية 1996، الذي أضاف المادة 12 مكرر  وأضاف المادة 31 و المادة 42 والمادة 45 وعدل وتمم المادة 73/4  وعدل المادة 91.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="36177C8F" w14:textId="77777777" w:rsidR="009812F5" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">الأمر 97-02 المؤرخ في 11 </w:t>
-[...56 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>الأمر 97-02 المؤرخ في 11 جانفي 1997 الذي تمم المادة 52 مكرر1 و2</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRPr="007C15A3" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="3E125A88" w14:textId="77777777" w:rsidR="009812F5" w:rsidRPr="007C15A3" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">القانون 22-16 الذي تمم المادة 56 </w:t>
-[...131 lines deleted...]
-        <w:t xml:space="preserve"> مؤسسة خاصة</w:t>
+        <w:t>القانون 22-16 الذي تمم المادة 56 مكرر1 و2 و3و4 و5 و6 التي تنظم العطلة الخاصة لانشاء مؤسسة خاصة</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRPr="00DE002C" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="6127F26A" w14:textId="77777777" w:rsidR="009812F5" w:rsidRPr="00DE002C" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE002C">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>خصائص قانون العمل الجزائري</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE002C">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRPr="00B22E9B" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="548BB2A2" w14:textId="77777777" w:rsidR="009812F5" w:rsidRPr="00B22E9B" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B22E9B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">الحداثة </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B22E9B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>: ظهوره يعود إلى السبعينات ومرد ذلك يعود إلى اهتمام السلطة العامة في السنوات السابقة ببناء هياكل تنموية إدارية واقتصادية وسياسية، ثم بدأ الاهتمام ببدء تنظيم العمل في المجال الاقتصادي بدءا بالقانون الاشتراكي</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B22E9B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl/>
-[...30 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009812F5" w:rsidRPr="00B22E9B" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="0E50E0CC" w14:textId="77777777" w:rsidR="009812F5" w:rsidRPr="00B22E9B" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B22E9B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">التطور السريع والتكيف مع الواقع </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>التطور السريع والتكيف مع الواقع التنموي</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B22E9B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : حيث أنه رغم التأخر استطاع قانون العمل الجزائري التكيف مع متطلبات العمل بدليل التواريخ المتعلقة بإصدار القوانين حسب متطلبات الوضع</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22E9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:eastAsia="Times New Roman" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCCB3D2" w14:textId="77777777" w:rsidR="008E6949" w:rsidRPr="008E6949" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...51 lines deleted...]
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003100B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6949" w:rsidRPr="008E6949">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>نطاق تطبيقه:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E6949" w:rsidRDefault="009812F5" w:rsidP="005F21CC">
+    <w:p w14:paraId="7B1B6497" w14:textId="77777777" w:rsidR="008E6949" w:rsidRDefault="009812F5" w:rsidP="005F21CC">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ا</w:t>
       </w:r>
       <w:r w:rsidR="005F21CC">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">لمادة الأولى من القانون 90-11 التي تنص </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>لمادة الأولى من القانون 90-11 التي تنص على : "</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6949" w:rsidRPr="008E6949">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6949" w:rsidRPr="008E6949">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>يحكم هذا القانون العلاقات الفردية والجماعية في العمل بين العمال الأجراء والمستخدمين</w:t>
+      </w:r>
       <w:r w:rsidR="005F21CC">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">على </w:t>
-[...66 lines deleted...]
-        </w:rPr>
         <w:t>".</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00216335" w:rsidRPr="008E6949" w:rsidRDefault="009812F5" w:rsidP="009812F5">
+    <w:p w14:paraId="64EEE4DF" w14:textId="77777777" w:rsidR="00216335" w:rsidRPr="008E6949" w:rsidRDefault="009812F5" w:rsidP="009812F5">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve">المادة </w:t>
       </w:r>
       <w:r w:rsidR="003A5B3C" w:rsidRPr="003A5B3C">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الثانية بأن</w:t>
       </w:r>
       <w:r w:rsidR="00216335">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ه </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ه :"</w:t>
+      </w:r>
       <w:r w:rsidR="00216335" w:rsidRPr="008E6949">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00216335" w:rsidRPr="008E6949">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">يعتبر عمالا </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>يعتبر عمالا أجراء، في مفهوم هذا القانون، كل الأشخاص الذين يؤدون عملا يدويا أو فكريا مقابل مرتب، في إطار التنظيم، ولحساب شخص آخر، طبيعي أو معنوي عمومي أو خاص، يدعى "المستخدم</w:t>
+      </w:r>
       <w:r w:rsidR="00216335" w:rsidRPr="008E6949">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl/>
-[...117 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0001624B" w:rsidRDefault="0001624B" w:rsidP="00051A8B">
+    <w:p w14:paraId="3BCF2E22" w14:textId="77777777" w:rsidR="0001624B" w:rsidRDefault="0001624B" w:rsidP="00051A8B">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00051A8B" w:rsidRPr="00D977B6" w:rsidRDefault="00051A8B" w:rsidP="0001624B">
+    <w:p w14:paraId="16299024" w14:textId="77777777" w:rsidR="00051A8B" w:rsidRPr="00D977B6" w:rsidRDefault="00051A8B" w:rsidP="0001624B">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve">علاقة قانون العمل </w:t>
       </w:r>
       <w:r w:rsidRPr="00D977B6">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>بالقوانين الاخرى</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
+    <w:p w14:paraId="538B7AFC" w14:textId="77777777" w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="20" w:after="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>القانون</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>المدني</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009823A7" w:rsidRDefault="0001624B" w:rsidP="009823A7">
+    <w:p w14:paraId="28FA0172" w14:textId="77777777" w:rsidR="009823A7" w:rsidRDefault="0001624B" w:rsidP="009823A7">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">يعتبر القانون المدني الشريعة العامة للعقود ومنها </w:t>
+      </w:r>
+      <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>قانون</w:t>
+      </w:r>
+      <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>العمل</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> القانون المدني الشريعة العامة للعقود ومنها </w:t>
+        <w:t xml:space="preserve"> الذي يستمد الكثير من أحكامه</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>قانون</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>و</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>بعض</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>العمل</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>المبادئ</w:t>
+      </w:r>
+      <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>العامة</w:t>
+      </w:r>
+      <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الذي يستمد الكثير من أحكامه</w:t>
+        <w:t>من</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
-        <w:t>بعض</w:t>
+        <w:t>القانون</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
-        <w:t>المبادئ</w:t>
+        <w:t>المدني،</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
-        <w:t>العامة</w:t>
+        <w:t>مثل</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>مفهوم</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>القانون</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>العقد</w:t>
+      </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>والالتزامات</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>مثل</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>بين</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>مفهوم</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>الأطراف</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>العقد</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>فالعلاقة</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>والالتزامات</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>بين</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>بين</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>العامل</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>الأطراف</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>والمستخدم</w:t>
+      </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>تشكل</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>بين</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>عقداً</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>العامل</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>يتم</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>والمستخدم</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>بموجبه</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>تشكل</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>تحديد</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>عقداً</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>الشروط</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>يتم</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>والحقوق</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...5 lines deleted...]
-        <w:t>بموجبه</w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>والواجبات،</w:t>
       </w:r>
       <w:r w:rsidR="00051A8B" w:rsidRPr="00051A8B">
         <w:rPr>
-          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
-[...70 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051A8B" w:rsidRPr="009823A7" w:rsidRDefault="00051A8B" w:rsidP="009823A7">
+    <w:p w14:paraId="1A163B79" w14:textId="77777777" w:rsidR="00051A8B" w:rsidRPr="009823A7" w:rsidRDefault="00051A8B" w:rsidP="009823A7">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="20" w:after="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>قانون</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>التأمينات</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
@@ -5515,71 +4434,72 @@
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الاجتماعية</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
+    <w:p w14:paraId="61F44841" w14:textId="77777777" w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>قانون</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
@@ -5658,104 +4578,100 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>التأمينات</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الاجتماعية،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>حيث</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>ينظم</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>حقوق</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -5882,62 +4798,60 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>والمرض</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>والتقاعد،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>بالإضافة</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -6024,62 +4938,60 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>بعض</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>أحكام</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>قانون</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -6186,62 +5098,60 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>التأمينات</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الاجتماعية،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>وهو</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -6349,121 +5259,119 @@
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>بالتأمينات</w:t>
       </w:r>
       <w:r w:rsidRPr="009823A7">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
+    <w:p w14:paraId="7384C166" w14:textId="77777777" w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="20" w:after="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>القانون</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الجنائي</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
+    <w:p w14:paraId="46FC5373" w14:textId="77777777" w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>هناك</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
@@ -6712,186 +5620,180 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>المرتبطة</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>بالعمل،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>مثل</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>العمل</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>القسري،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>التمييز</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>في</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>العمل،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>أو</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -6938,62 +5840,60 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>العمال</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>في</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>حال</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -7100,62 +6000,60 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>العامل</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>للخطر،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>قد</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -7263,51 +6161,51 @@
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الجنائي</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
+    <w:p w14:paraId="591A441C" w14:textId="77777777" w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="20" w:after="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -7331,51 +6229,51 @@
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الأسرة</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
+    <w:p w14:paraId="5FB3BE23" w14:textId="77777777" w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>يُعتبر</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
@@ -7584,62 +6482,60 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>على</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الأسرة،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>مثل</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -7766,62 +6662,60 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>عمل</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>المرأة،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>خصوصاً</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -7989,145 +6883,141 @@
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الأطفال</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
+    <w:p w14:paraId="0D922800" w14:textId="77777777" w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi/>
         <w:spacing w:before="20" w:after="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>القانون</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الدولي</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
+    <w:p w14:paraId="3B152EF7" w14:textId="77777777" w:rsidR="00051A8B" w:rsidRPr="00051A8B" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>يرتبط</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>قانون</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8174,62 +7064,60 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>بالقوانين</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الدولية،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>خصوصاً</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8394,95 +7282,81 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الدولية</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>OIT</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>التي</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8529,62 +7403,60 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>للعمل</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>اللائق،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>مثل</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8631,104 +7503,100 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>في</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>الأجر،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>والوقت</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>العمل،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>وظروف</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8736,88 +7604,74 @@
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>العمل</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00196BCE" w:rsidRPr="00196BCE" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
+    <w:p w14:paraId="36B77E97" w14:textId="77777777" w:rsidR="00196BCE" w:rsidRPr="00196BCE" w:rsidRDefault="00051A8B" w:rsidP="00051A8B">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00051A8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>بالتالي،</w:t>
+      </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>يعتبر</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8924,62 +7778,60 @@
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>قانونية</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>أكبر،</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t>وينبغي</w:t>
       </w:r>
       <w:r w:rsidRPr="00051A8B">
         <w:rPr>
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -9233,326 +8085,172 @@
           <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="ar-DZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00196BCE" w:rsidRPr="00196BCE" w:rsidSect="00216335">
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachSect"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00224C2B" w:rsidRDefault="00224C2B" w:rsidP="007E0499">
+    <w:p w14:paraId="785D4374" w14:textId="77777777" w:rsidR="00BA5A7D" w:rsidRDefault="00BA5A7D" w:rsidP="007E0499">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00224C2B" w:rsidRDefault="00224C2B" w:rsidP="007E0499">
+    <w:p w14:paraId="50631683" w14:textId="77777777" w:rsidR="00BA5A7D" w:rsidRDefault="00BA5A7D" w:rsidP="007E0499">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sakkal Majalla">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A000207F" w:usb1="C000204B" w:usb2="00000008" w:usb3="00000000" w:csb0="000000D3" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002027" w:usb1="80000000" w:usb2="00000108" w:usb3="00000000" w:csb0="000000D3" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00224C2B" w:rsidRDefault="00224C2B" w:rsidP="007E0499">
+    <w:p w14:paraId="24CC6FA1" w14:textId="77777777" w:rsidR="00BA5A7D" w:rsidRDefault="00BA5A7D" w:rsidP="007E0499">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00224C2B" w:rsidRDefault="00224C2B" w:rsidP="007E0499">
+    <w:p w14:paraId="15BBDC7A" w14:textId="77777777" w:rsidR="00BA5A7D" w:rsidRDefault="00BA5A7D" w:rsidP="007E0499">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...152 lines deleted...]
-        <w:t xml:space="preserve"> ج.ر رقم 55.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03981154"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FAAD5C4"/>
     <w:lvl w:ilvl="0" w:tplc="040C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9594,51 +8292,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0408571C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E00097C"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9707,51 +8405,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52E61612"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED0C6380"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9820,51 +8518,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="687C1D07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80D85EAC"/>
     <w:lvl w:ilvl="0" w:tplc="040C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9906,51 +8604,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D4E0ED8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3056C34E"/>
     <w:lvl w:ilvl="0" w:tplc="040C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9992,51 +8690,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B4C52CC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0364775A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10105,328 +8803,573 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2132703000">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="109787899">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="773553755">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1115519829">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="193232699">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1104494242">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:pos w:val="sectEnd"/>
     <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachSect"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB2410"/>
     <w:rsid w:val="0001624B"/>
     <w:rsid w:val="0001656D"/>
     <w:rsid w:val="00024681"/>
     <w:rsid w:val="00033893"/>
     <w:rsid w:val="00051A8B"/>
+    <w:rsid w:val="00070B3E"/>
     <w:rsid w:val="00134D2F"/>
     <w:rsid w:val="001417D5"/>
     <w:rsid w:val="00196BCE"/>
     <w:rsid w:val="001D45B9"/>
     <w:rsid w:val="00216335"/>
     <w:rsid w:val="00224C2B"/>
     <w:rsid w:val="00232906"/>
     <w:rsid w:val="003A5B3C"/>
     <w:rsid w:val="003B7A61"/>
     <w:rsid w:val="00596AF3"/>
     <w:rsid w:val="005F21CC"/>
     <w:rsid w:val="00644DAA"/>
     <w:rsid w:val="007E0499"/>
     <w:rsid w:val="00831821"/>
+    <w:rsid w:val="008C6989"/>
     <w:rsid w:val="008E6949"/>
     <w:rsid w:val="0092652D"/>
     <w:rsid w:val="009812F5"/>
     <w:rsid w:val="009823A7"/>
     <w:rsid w:val="00AD61C2"/>
     <w:rsid w:val="00B16759"/>
     <w:rsid w:val="00B87A59"/>
+    <w:rsid w:val="00BA5A7D"/>
     <w:rsid w:val="00C77D50"/>
     <w:rsid w:val="00C817D3"/>
     <w:rsid w:val="00C854FC"/>
     <w:rsid w:val="00D03CBD"/>
     <w:rsid w:val="00D1372E"/>
     <w:rsid w:val="00D36839"/>
     <w:rsid w:val="00D977B6"/>
     <w:rsid w:val="00EB2410"/>
     <w:rsid w:val="00EE19D5"/>
     <w:rsid w:val="00FC1960"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0AFD715D"/>
+  <w15:docId w15:val="{307D5348-7E0D-45B4-B629-01FD692DE71F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AD61C2"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Notedebasdepage">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NotedebasdepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007E0499"/>
     <w:pPr>
@@ -10543,51 +9486,51 @@
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003A5B3C"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00051A8B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1353143411">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
@@ -10870,72 +9813,72 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD01350C-9071-4126-B98F-43D7F2852D64}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>781</Words>
-  <Characters>4301</Characters>
+  <Characters>4298</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5072</CharactersWithSpaces>
+  <CharactersWithSpaces>5069</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>PC</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>