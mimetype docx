--- v0 (2026-01-22)
+++ v1 (2026-03-15)
@@ -1,2867 +1,3760 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C261DF" w:rsidRPr="00C52517" w:rsidRDefault="00384737" w:rsidP="005D2D03">
-[...180 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10490" w:type="dxa"/>
-[...14 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:bidiVisual/>
+        <w:tblW w:w="11087" w:type="dxa"/>
+        <w:tblInd w:w="-178" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4111"/>
-        <w:gridCol w:w="6379"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2597"/>
+        <w:gridCol w:w="1544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D2D03" w:rsidRPr="00C52517" w:rsidTr="00987C16">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005648D0" w:rsidTr="00F05BC7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D2D03" w:rsidRPr="00C52517" w:rsidRDefault="005D2D03" w:rsidP="00CE7401">
+          <w:p w:rsidR="005648D0" w:rsidRPr="00DF2178" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
             <w:pPr>
-              <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:bidi/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C52517">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>المصطلح:</w:t>
+              <w:t>جــــامـــــعــــ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF2178">
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ة </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">محمد لمين دباغين، سطيف2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D2D03" w:rsidRPr="00C52517" w:rsidRDefault="005D2D03" w:rsidP="00CE7401">
+          <w:p w:rsidR="005648D0" w:rsidRPr="00DF2178" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
             <w:pPr>
-              <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:bidi/>
               <w:rPr>
-                <w:sz w:val="32"/>
-[...32 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C52517">
+            <w:r w:rsidRPr="00DF2178">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>البرمجة 1ن.</w:t>
+              <w:t>قـــــســـــم الـــلُّــــغـــــة الــــعرب</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t>ـــ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF2178">
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t>ي</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t>ــــ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF2178">
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t>ة وآداب</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t>ــــ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF2178">
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t>ه</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t>ــــ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF2178">
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t>ا</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005D2D03" w:rsidRPr="00C52517" w:rsidRDefault="005D2D03" w:rsidP="00E66EDB">
+          <w:p w:rsidR="005648D0" w:rsidRPr="00DF2178" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
             <w:pPr>
-              <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:bidi/>
               <w:rPr>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C52517">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>كتابة سلسلة من الأوامر والإيعازات  للحاسوب ليقوم بتنفيذها.</w:t>
-[...115 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>الأحد 25/1/2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005D2D03" w:rsidRPr="00C52517" w:rsidRDefault="005D2D03" w:rsidP="00E66EDB">
+          <w:p w:rsidR="005648D0" w:rsidRPr="00DF2178" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
             <w:pPr>
-              <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:bidi/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00C52517">
+            <w:r w:rsidRPr="00DF2178">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>الشكل</w:t>
-[...20 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>العلامة</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2D03" w:rsidRPr="00C52517" w:rsidTr="00987C16">
+      <w:tr w:rsidR="005648D0" w:rsidTr="00F05BC7">
         <w:trPr>
-          <w:trHeight w:val="925"/>
+          <w:trHeight w:val="1172"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D2D03" w:rsidRPr="00C52517" w:rsidRDefault="00C261DF" w:rsidP="00D8501B">
+          <w:p w:rsidR="005648D0" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
             <w:pPr>
-              <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:bidi/>
               <w:rPr>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C52517">
+            <w:r w:rsidRPr="00DF2178">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>التوليد الآلي للغات الطبيعيّة 1ن</w:t>
+              <w:t xml:space="preserve">الاسم </w:t>
             </w:r>
-            <w:r w:rsidR="005D2D03" w:rsidRPr="00C52517">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DF2178">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>واللقب</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F558C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005648D0" w:rsidRPr="00F558C1" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t>الفوج:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005D2D03" w:rsidRPr="00C52517" w:rsidRDefault="005D2D03" w:rsidP="00E66EDB">
+          <w:p w:rsidR="005648D0" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
             <w:pPr>
-              <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:bidi/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C52517">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>تحويل البيانات إلى عينات لغويّة طبيعيّة.</w:t>
+              <w:t xml:space="preserve">امتحان </w:t>
             </w:r>
-          </w:p>
-[...1341 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>تصحيحها</w:t>
+              <w:t>مقياس :</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-        </w:tc>
-[...5 lines deleted...]
-          <w:p w:rsidR="00930A6D" w:rsidRPr="00C52517" w:rsidRDefault="00930A6D" w:rsidP="00987C16">
+          <w:p w:rsidR="005648D0" w:rsidRPr="00935EB4" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
             <w:pPr>
-              <w:tabs>
-[...41 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="32"/>
-[...12 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>ي</w:t>
+              <w:t>البرمجة</w:t>
             </w:r>
-            <w:r w:rsidR="00FF221F" w:rsidRPr="00C52517">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>عتمد</w:t>
-[...70 lines deleted...]
-              <w:t>لغة الهدف 2 ن</w:t>
+              <w:t xml:space="preserve"> اللغويّة</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FF221F" w:rsidRPr="00C52517" w:rsidRDefault="00FF221F" w:rsidP="007E16E5">
+          <w:p w:rsidR="005648D0" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
             <w:pPr>
-              <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="850" w:right="113"/>
+              <w:bidi/>
               <w:rPr>
-                <w:sz w:val="32"/>
-[...18 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C52517">
+            <w:r w:rsidRPr="00D3722F">
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>يعتمد أسلوب الترجمة التحويلية على المقاربة المعجميّة المحضة.</w:t>
+              <w:t>ا</w:t>
             </w:r>
-          </w:p>
-[...35 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>هو عبارة عن أنحاء رياضيّة تمت معالجتها تضم قواعد التركيب وكيفية الانتظام اللغوب  للغتين أو أكثر حسب نوع الترجمة. 2ن</w:t>
+              <w:t>لتوقيت:  14:30_ 16:30.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...5 lines deleted...]
-          <w:p w:rsidR="00930A6D" w:rsidRDefault="00FF221F" w:rsidP="007E16E5">
+          <w:p w:rsidR="005648D0" w:rsidRPr="00B034AF" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
             <w:pPr>
-              <w:spacing w:after="100" w:afterAutospacing="1"/>
-[...1 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:bidi/>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">يتمثل المكون النحوي المقارن </w:t>
+              <w:t>المكان: م 15 م، 16.</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...108 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006F559E" w:rsidRPr="00C52517" w:rsidRDefault="006F559E" w:rsidP="007E16E5">
+          <w:p w:rsidR="005648D0" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
             <w:pPr>
-              <w:tabs>
-[...4 lines deleted...]
-              <w:ind w:right="113"/>
               <w:rPr>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00930A6D" w:rsidRPr="00C52517" w:rsidRDefault="00963C05" w:rsidP="007E16E5">
+          <w:p w:rsidR="005648D0" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
             <w:pPr>
-              <w:tabs>
-[...4 lines deleted...]
-              <w:ind w:right="113"/>
+              <w:bidi/>
               <w:rPr>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C52517">
+          </w:p>
+          <w:p w:rsidR="005648D0" w:rsidRDefault="005648D0" w:rsidP="00F05BC7">
+            <w:pPr>
+              <w:bidi/>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...1 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:rFonts w:ascii="Simplified Arabic" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rtl/>
-                <w:lang w:bidi="ar-DZ"/>
-[...36 lines deleted...]
-                <w:szCs w:val="32"/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008F2BAA" w:rsidRDefault="008F2BAA" w:rsidP="007E0C8D">
-[...2 lines deleted...]
-        <w:ind w:right="-567"/>
+    <w:p w:rsidR="009928BB" w:rsidRPr="00CF0682" w:rsidRDefault="003709ED" w:rsidP="005648D0">
+      <w:pPr>
+        <w:bidi/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
-          <w:lang w:bidi="ar-DZ"/>
-[...13 lines deleted...]
-    <w:sectPr w:rsidR="001565F9" w:rsidRPr="00A31E93">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الأ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">جوبة </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>مع</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> سلم التنقيط</w:t>
+      </w:r>
+      <w:r w:rsidR="00B034AF" w:rsidRPr="00CF0682">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B034AF" w:rsidRPr="00CF0682" w:rsidRDefault="00B034AF" w:rsidP="00182ADD">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF0682">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>السؤال</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF0682">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الأول</w:t>
+      </w:r>
+      <w:r w:rsidR="0045564C" w:rsidRPr="0045564C">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>: (</w:t>
+      </w:r>
+      <w:r w:rsidR="0040603F">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00182ADD">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ن</w:t>
+      </w:r>
+      <w:r w:rsidR="0045564C" w:rsidRPr="0045564C">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00182ADD">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> أجب </w:t>
+      </w:r>
+      <w:r w:rsidR="00683441">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ب: </w:t>
+      </w:r>
+      <w:r w:rsidR="00182ADD">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>(صحيح)</w:t>
+      </w:r>
+      <w:r w:rsidR="003C65A8">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> أو (خط</w:t>
+      </w:r>
+      <w:r w:rsidR="00D332A0">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidR="003C65A8">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>) مع التعليل في الحالتين</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF0682">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF0682" w:rsidRDefault="003C65A8" w:rsidP="00E43C32">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="000C123B">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ـ العمليّة التي يتم بواسطتها كت</w:t>
+      </w:r>
+      <w:r w:rsidR="001131E0">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ابة الأوامر للحاسوب ليقوم بإنجاز</w:t>
+      </w:r>
+      <w:r w:rsidR="000C123B">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> المهام المطلوبة هي البرنامج.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003709ED" w:rsidRDefault="003709ED" w:rsidP="003709ED">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>خطأ، لأنّ هذه العمليّة هي البرمجة. 1ن.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF0682" w:rsidRDefault="000C123B" w:rsidP="00B034AF">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>2ـ الشكل الذي</w:t>
+      </w:r>
+      <w:r w:rsidR="001131E0">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001131E0">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تُظهره</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00107449">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> المعلومات هو البرمجيّة</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1685">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003709ED" w:rsidRPr="00CF0682" w:rsidRDefault="003709ED" w:rsidP="003709ED">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>خطأ، لأنّ هذا الشكل هو البيانات. 1ن.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B034AF" w:rsidRDefault="000C123B" w:rsidP="005E784B">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>3- لغة البرمجة ن</w:t>
+      </w:r>
+      <w:r w:rsidR="007F19F4">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سق تواصلي غير طبيعي بين الإ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نسان والحاسوب</w:t>
+      </w:r>
+      <w:r w:rsidR="005E784B">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003709ED" w:rsidRPr="005E784B" w:rsidRDefault="003709ED" w:rsidP="003709ED">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>صحيح،</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0ED2">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> لأنها لغة اصطناعيّة غير </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0ED2">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ماهيتها أرقم ورموز </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002B0ED2">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>وشفرات</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>. 1ن</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B034AF" w:rsidRDefault="00107449" w:rsidP="005E784B">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>4- لغة الأمّ للآلة هي لغة الجيل الأوّل</w:t>
+      </w:r>
+      <w:r w:rsidR="005E784B">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003709ED" w:rsidRPr="00CF0682" w:rsidRDefault="003709ED" w:rsidP="003709ED">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">صحيح، </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7655F">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">لأنها لغة الصفر والواحد التي تفهمها </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D7655F">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الآلة  وهي</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D7655F">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> بعيدة عن اللغة الطبيعيّة. 1ن.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E43C32" w:rsidRDefault="005E784B" w:rsidP="005E784B">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E784B">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00107449">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00107449">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">بدأت لغات البرمجة تقترب من اللغات الطبيعيّة مع الجيل الثاني </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00107449">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>لتطورها</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00683441">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7655F" w:rsidRDefault="00D7655F" w:rsidP="00D7655F">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">خطأ، لأنها بدأت تقترب </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>من</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> اللغات الطبيعيّة مع الجيل الثالث. 1ن</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F4678" w:rsidRDefault="009F4678" w:rsidP="009F4678">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">6_ </w:t>
+      </w:r>
+      <w:r w:rsidR="0040603F">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> لغات</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0040603F">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الجيل الخامس هي لغات موجهة لبحوث الذكاء الاصطناعي وتطبيقاته.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7655F" w:rsidRDefault="00D7655F" w:rsidP="00D7655F">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">صحيح، لأنها لغة موجّهة </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0ED2">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B0ED2">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نحو</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>حلّ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> المسائل والمشاكل دون مساعدة المبرمج. 1ن .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D638EC" w:rsidRDefault="00D74EF4" w:rsidP="00F6282D">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>السؤال الثاني</w:t>
+      </w:r>
+      <w:r w:rsidR="00317FB2">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00252E84">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">( 8 </w:t>
+      </w:r>
+      <w:r w:rsidR="007D409C">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ن</w:t>
+      </w:r>
+      <w:r w:rsidR="0045564C" w:rsidRPr="0045564C">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="003322A8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00155AA4">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>: تمثّل المعالجة الآلية للغات الطبيعيّة القسم ا</w:t>
+      </w:r>
+      <w:r w:rsidR="001131E0">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>لأعظم من</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6282D">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> علاقة اللغة بالحاسوب.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6282D" w:rsidRDefault="00F6282D" w:rsidP="00F6282D">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>1_ حدّد العلاقة :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00683441" w:rsidRDefault="00F6282D" w:rsidP="003709ED">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">    أ_ </w:t>
+      </w:r>
+      <w:r w:rsidR="00155AA4" w:rsidRPr="00F6282D">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بين المعالجة الآليّة للغات الطبيعيّة وبين علوم الحاسوب</w:t>
+      </w:r>
+      <w:r w:rsidR="003322A8" w:rsidRPr="00F6282D">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7655F" w:rsidRPr="003709ED" w:rsidRDefault="00D7655F" w:rsidP="00D7655F">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>المعالجة الآلية تتبع الذكاء الاصطناعي والذي هو فرع من فروع علوم الحاسوب. 1ن</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD62F7" w:rsidRDefault="00155AA4" w:rsidP="004D0933">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6282D">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">ب </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> بين</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> المعالجة الآليّة للغات الطبيعيّة وبين علوم اللغة:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7655F" w:rsidRDefault="00D7655F" w:rsidP="00D7655F">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>المعالجة الآلية</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7DA7">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> تتبع اللسانيات الحاسوبيّة أيضا والتي تعدّ فرعا لسانيّا تطبيقيّا. 1ن</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD62F7" w:rsidRDefault="00155AA4" w:rsidP="00155AA4">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6282D">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ج </w:t>
+      </w:r>
+      <w:r w:rsidR="007F19F4">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>_ بين المعالجة الآليّة للغ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>ات الطبيعيّة وبين الترجمة الأليّة:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF7DA7" w:rsidRDefault="00AF7DA7" w:rsidP="00AF7DA7">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>ظهرت</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> المعالجة الآليّة من أجل تطوير الترجمة الآلية، والتي تعد أهم تطبيق لها. 1ن.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD62F7" w:rsidRDefault="00155AA4" w:rsidP="004D0933">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2 _ يتمّ تصميم برامج المعالجة الآليّة وفق </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D74EF4">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>قواعد عامّة</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>مثل</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF7DA7" w:rsidRDefault="00AF7DA7" w:rsidP="00AF7DA7">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قاعدة </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>النمذجة</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، قاعدة </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>الصورنة</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>، قاعدة التقسيم والتفريع للبرنامج،   (قاعدتان : 2ن )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005648D0" w:rsidRDefault="00FD62F7" w:rsidP="00AF7DA7">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="00252E84">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>3 _  بيّن البرمجيّات المسؤولة عن التعامل مع النّص المُدخل في نظم</w:t>
+      </w:r>
+      <w:r w:rsidR="001131E0" w:rsidRPr="00F6282D">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00252E84">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> المعالجة الآليّة للغات الطبيعيّة</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74EF4">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005648D0" w:rsidRDefault="00F32EA8" w:rsidP="00F32EA8">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F32EA8">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>_ برنامج تحليل النصوص والجمل</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ( المكوّن البرمجي لتحليل النصوص والجمل ) 1ن</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32EA8" w:rsidRPr="00F32EA8" w:rsidRDefault="00F32EA8" w:rsidP="00F32EA8">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ برنامج التحليل </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>اللغوي :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الصرفي والنحوي والدّلالي. 1ن.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005648D0" w:rsidRDefault="00252E84" w:rsidP="003709ED">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00252E84">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 _ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00252E84">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>قارن</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00252E84">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> بين المعالجة الطبيعيّة وبين المعالجة الآلية للغات من حيث تتابع المراحل؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B0ED2" w:rsidRPr="001131E0" w:rsidRDefault="002B0ED2" w:rsidP="002B0ED2">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>يعالج</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الإنسان اللغة من خلال عدّة عمليّات تتم بالتوازي، بينما تعالج الآلة اللغة وفق مراحل متتالية متسلسلة تسلسلا منطقيا. 1 ن</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D74EF4" w:rsidRDefault="00D74EF4" w:rsidP="00D74EF4">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E43C32">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>السؤال الث</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ّالث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045564C">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00252E84">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">(6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ن</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045564C">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045564C">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الترجم</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6282D">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ة</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الآليّة عدّة أنواع </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>وأساليب</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32EA8" w:rsidRDefault="00D74EF4" w:rsidP="003709ED">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 _ لماذا لم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تحقق</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الترجمة الآليّة في جيلها الأول هدفها بإعطاء ترجمة جيّدة؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D0933" w:rsidRPr="00D938B3" w:rsidRDefault="00F32EA8" w:rsidP="00F32EA8">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>لأنها</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> تبنت المقاربة المع</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0FEA">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>جميّة</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> البحتة في عمليّة ترجمة النصوص، وأهملت العناصر الأخرى ذات الدور الفعّال في تحويل المعنى ونقله مثل </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0ED2">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>السمات الدلاليّة وعنصر السياق. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ن</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74EF4" w:rsidRPr="0045564C">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD1FC5" w:rsidRDefault="00D938B3" w:rsidP="003709ED">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3BD1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03696">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> بيّن أنواع الترجمة الآليّة التي يتولّى فيها البرنامج مسؤوليّة الترجمة مع السماح بتدخل الإنسان ( دون شرح)؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32EA8" w:rsidRDefault="00F32EA8" w:rsidP="00F32EA8">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ الترجمة </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الآلية</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مع التحرير السابق. 0.5ن.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32EA8" w:rsidRDefault="00F32EA8" w:rsidP="00F32EA8">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>_ الترجمة الآلية التحاوريّة. 0.5 ن</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32EA8" w:rsidRDefault="00F32EA8" w:rsidP="00F32EA8">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ الترجمة </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الآلية</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مع التحرير اللاحق. 0.5ن.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003322A8" w:rsidRPr="00CF0682" w:rsidRDefault="000D3BD1" w:rsidP="000D3BD1">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00D938B3">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> بيّن</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نوع أسلوب الترجمة الآليّة الذي لا يعتمد على معالجة النصوص ولا على الذخائر اللغويّة؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003322A8" w:rsidRPr="000D3BD1" w:rsidRDefault="000D3BD1" w:rsidP="003709ED">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3BD1">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">أ _ اسم </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D3BD1">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الأسلوب</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003709ED">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="003709ED" w:rsidRPr="003709ED">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الترجمة الآلية العصبية. 1ن</w:t>
+      </w:r>
+      <w:r w:rsidR="003709ED">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005648D0" w:rsidRPr="003709ED" w:rsidRDefault="000D3BD1" w:rsidP="003709ED">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ب_ بعض القواعد ( المبادئ) التي يرتكز عليها</w:t>
+      </w:r>
+      <w:r w:rsidR="00D638EC" w:rsidRPr="00CF0682">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005648D0" w:rsidRPr="008F0FEA" w:rsidRDefault="008F0FEA" w:rsidP="005648D0">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F0FEA">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">التشفير وفك </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F0FEA">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ال</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تشقير</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">، الانتباه، التوقع والتنبؤ، والتعلم العميق. ( </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ثلاثة</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مبادئ 1.5ن)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005648D0" w:rsidRDefault="005648D0" w:rsidP="00CD1FC5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8904"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008F0FEA">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ء</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD1FC5" w:rsidRDefault="00CD1FC5" w:rsidP="00CD1FC5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8904"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="005648D0" w:rsidRDefault="005648D0" w:rsidP="00CD1FC5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8469"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B474C7">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>موفقون</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005648D0" w:rsidRDefault="005648D0" w:rsidP="005648D0">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B474C7" w:rsidRPr="005648D0" w:rsidRDefault="00B474C7" w:rsidP="005648D0">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005648D0">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ص2/2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005648D0" w:rsidRDefault="005648D0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8469"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005648D0" w:rsidSect="00B23379">
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="680" w:bottom="851" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007A7E01" w:rsidRDefault="007A7E01" w:rsidP="009431D9">
+    <w:p w:rsidR="008351FA" w:rsidRDefault="008351FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007A7E01" w:rsidRDefault="007A7E01" w:rsidP="009431D9">
+    <w:p w:rsidR="008351FA" w:rsidRDefault="008351FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Simplified Arabic">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00D2046E" w:rsidRDefault="008351FA" w:rsidP="001131E0">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5103"/>
+      </w:tabs>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00D2046E" w:rsidRDefault="008351FA">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007A7E01" w:rsidRDefault="007A7E01" w:rsidP="009431D9">
+    <w:p w:rsidR="008351FA" w:rsidRDefault="008351FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007A7E01" w:rsidRDefault="007A7E01" w:rsidP="009431D9">
+    <w:p w:rsidR="008351FA" w:rsidRDefault="008351FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="3E394366"/>
+    <w:nsid w:val="0F2F3D31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C9102992"/>
-    <w:lvl w:ilvl="0" w:tplc="B7942AB4">
+    <w:tmpl w:val="ADA4F344"/>
+    <w:lvl w:ilvl="0" w:tplc="36747E88">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="arabicAlpha"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="28340824"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="03FC5B98"/>
+    <w:lvl w:ilvl="0" w:tplc="E7C86C88">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="-490" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="230" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="950" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1670" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2390" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3110" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3830" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4550" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5270" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="6CA82F17"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AA925282"/>
+    <w:lvl w:ilvl="0" w:tplc="FDD205CC">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="75022239"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8096949C"/>
+    <w:lvl w:ilvl="0" w:tplc="5E22BE5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="200"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006C6627"/>
-[...58 lines deleted...]
-    <w:rsid w:val="00FF5CE3"/>
+    <w:rsidRoot w:val="00A01755"/>
+    <w:rsid w:val="00043534"/>
+    <w:rsid w:val="00047416"/>
+    <w:rsid w:val="000C123B"/>
+    <w:rsid w:val="000D3BD1"/>
+    <w:rsid w:val="00107449"/>
+    <w:rsid w:val="001131E0"/>
+    <w:rsid w:val="00155AA4"/>
+    <w:rsid w:val="00182ADD"/>
+    <w:rsid w:val="001A2715"/>
+    <w:rsid w:val="001A5FAE"/>
+    <w:rsid w:val="00252E84"/>
+    <w:rsid w:val="0025374A"/>
+    <w:rsid w:val="002A6C92"/>
+    <w:rsid w:val="002B0ED2"/>
+    <w:rsid w:val="0030075E"/>
+    <w:rsid w:val="00317FB2"/>
+    <w:rsid w:val="003322A8"/>
+    <w:rsid w:val="003709ED"/>
+    <w:rsid w:val="003C65A8"/>
+    <w:rsid w:val="0040603F"/>
+    <w:rsid w:val="0045564C"/>
+    <w:rsid w:val="00492517"/>
+    <w:rsid w:val="004D0933"/>
+    <w:rsid w:val="004E370B"/>
+    <w:rsid w:val="005041CE"/>
+    <w:rsid w:val="005648D0"/>
+    <w:rsid w:val="005E784B"/>
+    <w:rsid w:val="00683441"/>
+    <w:rsid w:val="006C5F13"/>
+    <w:rsid w:val="00714C2C"/>
+    <w:rsid w:val="0072090A"/>
+    <w:rsid w:val="007A6E93"/>
+    <w:rsid w:val="007D409C"/>
+    <w:rsid w:val="007F19F4"/>
+    <w:rsid w:val="008351FA"/>
+    <w:rsid w:val="00881504"/>
+    <w:rsid w:val="008A347F"/>
+    <w:rsid w:val="008E1685"/>
+    <w:rsid w:val="008F0FEA"/>
+    <w:rsid w:val="008F7D52"/>
+    <w:rsid w:val="00964928"/>
+    <w:rsid w:val="009928BB"/>
+    <w:rsid w:val="009F01C5"/>
+    <w:rsid w:val="009F4678"/>
+    <w:rsid w:val="00A01755"/>
+    <w:rsid w:val="00AA10EF"/>
+    <w:rsid w:val="00AA6061"/>
+    <w:rsid w:val="00AF7DA7"/>
+    <w:rsid w:val="00B034AF"/>
+    <w:rsid w:val="00B474C7"/>
+    <w:rsid w:val="00BA75EC"/>
+    <w:rsid w:val="00BD244D"/>
+    <w:rsid w:val="00BD490F"/>
+    <w:rsid w:val="00C03696"/>
+    <w:rsid w:val="00C354AF"/>
+    <w:rsid w:val="00CA3539"/>
+    <w:rsid w:val="00CD1FC5"/>
+    <w:rsid w:val="00CF0682"/>
+    <w:rsid w:val="00D332A0"/>
+    <w:rsid w:val="00D62FF8"/>
+    <w:rsid w:val="00D638EC"/>
+    <w:rsid w:val="00D657A4"/>
+    <w:rsid w:val="00D74EF4"/>
+    <w:rsid w:val="00D7655F"/>
+    <w:rsid w:val="00D938B3"/>
+    <w:rsid w:val="00E06292"/>
+    <w:rsid w:val="00E43C32"/>
+    <w:rsid w:val="00E6114B"/>
+    <w:rsid w:val="00E9600C"/>
+    <w:rsid w:val="00EC166D"/>
+    <w:rsid w:val="00ED1A95"/>
+    <w:rsid w:val="00F164E6"/>
+    <w:rsid w:val="00F32EA8"/>
+    <w:rsid w:val="00F6282D"/>
+    <w:rsid w:val="00FD62F7"/>
+    <w:rsid w:val="00FF2E4E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A01755"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="Grilledutableau">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableauNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A01755"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PieddepageCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A01755"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
+    <w:name w:val="Pied de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Pieddepage"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A01755"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sansinterligne">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A01755"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003322A8"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="En-tte">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="En-tteCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001131E0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
+    <w:name w:val="En-tête Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="En-tte"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001131E0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2961,667 +3854,385 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="En-tte">
-[...298 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA504A3B-5D55-4310-AA94-F1F34AFCB398}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCE7ABA2-B0E4-4D5C-A68A-78B2D88BD8F2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2001</Characters>
+  <Pages>1</Pages>
+  <Words>462</Words>
+  <Characters>2545</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2360</CharactersWithSpaces>
+  <CharactersWithSpaces>3001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>smarttech</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>