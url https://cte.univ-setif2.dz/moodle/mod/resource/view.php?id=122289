--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -1,836 +1,4618 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="282497E7" w14:textId="77777777" w:rsidR="00776423" w:rsidRPr="007B389E" w:rsidRDefault="00776423" w:rsidP="00776423">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="5B1DD5E8" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. S. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Chouchane</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="22A40BDC" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Third-Year Literature Module</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A67C3F4" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Academic Year: 2025-2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D510A0" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DEBB1AE" w14:textId="09871728" w:rsidR="00901471" w:rsidRPr="00257807" w:rsidRDefault="00901471" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:color w:val="EE0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00257807">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007B389E">
+          <w:color w:val="EE0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lecture </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00257807">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:color w:val="EE0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260C14BD" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007B389E">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="007B389E">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Narrative of the Life of Frederick Douglass, an American Slave (1845)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D0AD8E" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007B389E">
+          <w:color w:val="EE0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...142 lines deleted...]
-    <w:p w14:paraId="22B923BD" w14:textId="77777777" w:rsidR="00776423" w:rsidRDefault="00776423" w:rsidP="00776423">
+          <w:color w:val="EE0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1. Introduction: Frederick Douglass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249ECDCF" w14:textId="7273C78F" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...24 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="688FF16F" w14:textId="77777777" w:rsidR="00776423" w:rsidRDefault="00776423" w:rsidP="00776423">
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Born in 1818 into slavery in Talbot County, Maryland.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4A3648" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:ind w:left="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...97 lines deleted...]
-    <w:p w14:paraId="4556D522" w14:textId="77777777" w:rsidR="00776423" w:rsidRDefault="00776423" w:rsidP="00776423">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Escape</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: Gained freedom in 1838 through self-emancipation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69115390" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Roles and Achievements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58BFB705" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Leading abolitionist and social reformer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDD1062" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Renowned orator, writer, and statesman.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34CA6A13" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Published multiple autobiographies, including </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Narrative of the Life of Frederick Douglass</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1845), which helped shape the slave narrative genre.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54543903" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Advocated for women’s rights and universal suffrage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168651F3" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Death</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: Died on February 20, 1895, leaving a lasting legacy in American literature, civil rights, and social reform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C1BE9F" w14:textId="01403037" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Key Facts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33BAB028" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Genre: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Slave narrative; bildungsroman</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C04B292" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publisher: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>American Anti-Slavery Society</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B433BD0" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narrator: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Frederick Douglass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D5AA447" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Point of view: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Douglass writes in the first person</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6401E313" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Setting (time): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1818–1841</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AAE18FF" w14:textId="598C8C97" w:rsidR="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Setting (place): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Eastern Shore of Maryland; Baltimore; New York City; New Bedford, Massachusetts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21FF1871" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="00A63A2D" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Style</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Direct, detailed, and vivid, blending narrative and persuasive techniques to appeal to readers’ morals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556F182B" w14:textId="3EEEC568" w:rsidR="00A63A2D" w:rsidRPr="00A63A2D" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Tone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Combines indignation, moral outrage, and hope; shifts from despair under slavery to determination and empowerment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067416BA" w14:textId="00A37DEF" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Themes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32763191" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Knowledge, Literacy, and Identity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5850E1" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">One of the central themes in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Narrative of the Life of Frederick Douglass</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is the inseparable connection between knowledge, freedom, and personal identity. For Douglass, literacy becomes both a tool of empowerment and a pathway toward self-realization. The act of learning to read marks the beginning of his intellectual and emotional liberation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0623B357" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Douglass’s journey toward literacy begins in Chapter 6, when Mrs. Sophia Auld teaches him the alphabet. This seemingly simple lesson becomes transformative when Mr. Auld angrily forbids her from continuing, declaring that education “would forever unfit him to be a slave.” This moment reveals to Douglass that knowledge is the key to freedom, and that literacy threatens the very foundation of slavery.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A3BDCA" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In Chapter 7, Douglass continues to educate himself through his own resourcefulness and determination. He learns from white street children, copies letters from the timber he finds at the shipyard, and diligently reads </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The Columbian Orator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. These efforts mark Douglass’s intellectual awakening, as he becomes increasingly aware of the injustice of slavery and begins to form an abolitionist consciousness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B03F9FD" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Religion and Christianity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429A3D65" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Douglass presents Christianity as a complex force that shapes both moral insight and social critique. His personal faith nurtures a belief in justice as a divine principle, offering him hope and moral strength throughout his enslavement. In several passages, Douglass reflects on genuine Christian values such as compassion and humane treatment, often expressed through biblical metaphors—for example, his depiction of Colonel Lloyd’s fruit garden in Chapter III.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32322768" w14:textId="77777777" w:rsidR="00901471" w:rsidRPr="00901471" w:rsidRDefault="00901471" w:rsidP="00901471">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901471">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>However, Douglass also exposes the deep hypocrisy within slaveholding Christianity. Figures such as Captain Auld and Mr. Covey use religious language to justify cruelty and domination, revealing how religion can become a tool of oppression when stripped of its moral core. This contrast between authentic and corrupt Christianity is central to Douglass’s critique of slave society.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8D1FF3" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="00A63A2D" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Resistance and Empowerment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430F98A6" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="00A63A2D" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Douglass’s journey from enslavement to freedom is marked by stages of resistance and a deepening sense of empowerment. His awareness of exploitation begins early, especially when witnessing brutal acts such as the whipping of Aunt Hester in Chapter IV. These experiences reveal the violence embedded in the institution of slavery and inspire his determination to resist.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485FFD4F" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="00A63A2D" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>His resistance eventually becomes active and deliberate. The fight with Mr. Covey stands as a turning point where Douglass asserts his dignity through physical defiance, symbolizing the reclaiming of his agency. Intellectual empowerment follows the same path—beginning with literacy, he moves on to teaching other enslaved individuals and eventually becomes a public speaker advocating abolition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258593D8" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Financial empowerment also plays a crucial role in Douglass’s path to independence. During his time in Baltimore, he learns skilled trades such as carpentry, gains partial control over his </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>of mass hysteria and the destruction of justice when fear overrides reason, making it a timeless commentary on the dangers of political persecution.</w:t>
-[...63 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="284" w:footer="284" w:gutter="0"/>
+        <w:t>wages, and uses his earnings to plan his escape. By combining intellectual growth, physical resistance, and economic self-reliance, Douglass demonstrates that empowerment is multidimensional and essential to the pursuit of freedom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="636C4020" w14:textId="4B018F5E" w:rsidR="00A63A2D" w:rsidRPr="00A63A2D" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A63A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Lecture 12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292975A8" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="00D86DAF" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D86DAF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2. Rhetorical Strategies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3693657B" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002C55D7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C55D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Rhetorical Strategies in Douglass’s Narrative</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA8E30B" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002C55D7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C55D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1. Appeals to Ethos (Credibility)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1B0227" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002C55D7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C55D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Douglass establishes himself as a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C55D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>trustworthy, rational, and morally serious</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C55D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> narrator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F1EB406" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002C55D7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C55D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2. Appeals to Pathos (Emotion)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17ED17F5" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002C55D7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C55D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Douglass uses emotionally charged scenes to expose slavery’s cruelty and provoke empathy in readers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017C4E96" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002C55D7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C55D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>3. Appeals to Logos (Reasoning)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DF7AD4" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C55D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Douglass constructs logical arguments to demonstrate that slavery is unjust, irrational, and un-Christian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DA04B7" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Symbols</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F389C5" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>White-Sailed Ships</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F90144" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Douglass sees ships with white sails while working for Covey.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B2581B" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>They move north, which makes him think of escape and freedom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42EAEBCF" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The ships become a symbol of hope and liberty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0916762B" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sandy’s Root</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC00DF6" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Sandy gives Douglass a root he believes will protect him from beatings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE47501" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Douglass does not truly believe in its magic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56696AA6" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>He sees Sandy’s belief as superstition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252D407E" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The root symbolizes traditional African spiritual beliefs and folk religion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004F1496" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The Columbian Orator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D57C15" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Douglass reads this book after learning to read.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D06174F" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>It contains speeches and dialogues about freedom and justice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DB9064B" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRPr="002A1BF7" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>It helps him understand why slavery is morally wrong.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C5368E" w14:textId="2C3C5A5C" w:rsidR="00901471" w:rsidRPr="00A63A2D" w:rsidRDefault="00A63A2D" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A1BF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The book becomes a symbol of education, enlightenment, and human rights.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00901471" w:rsidRPr="00A63A2D">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="34871532" w14:textId="77777777" w:rsidR="005B57F1" w:rsidRDefault="005B57F1" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="19D22FE2" w14:textId="77777777" w:rsidR="005B57F1" w:rsidRDefault="005B57F1" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...1 lines deleted...]
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="000F299A" w14:textId="77777777" w:rsidR="005B57F1" w:rsidRDefault="005B57F1" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1A1A8530" w14:textId="77777777" w:rsidR="005B57F1" w:rsidRDefault="005B57F1" w:rsidP="00A63A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1970653408"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="20B09435" w14:textId="533C8D2E" w:rsidR="00A63A2D" w:rsidRDefault="00A63A2D">
+        <w:pPr>
+          <w:pStyle w:val="Header"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="2FFFC504" w14:textId="77777777" w:rsidR="00A63A2D" w:rsidRDefault="00A63A2D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7E6E1DCF"/>
+    <w:nsid w:val="00D92F7B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="86FAA768"/>
+    <w:tmpl w:val="905C89BC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02A17E8C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="289AF312"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0888067E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="83B8AB10"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C25091C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="40149E08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E120C27"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CFA68E18"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FB37C69"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="159E9ADA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19917874"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9632A53E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B7173B9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="176E5490"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25E56E09"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="36E2C362"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="361A3BEB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1B4EE85E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B6306A0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9C5E621A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1564609046">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D4B5321"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CC6271A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FD77F6C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="288624D8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6272025D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A6BC2A74"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68C9429D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ABE2B0F4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ADB1E01"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A68CFCAA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E766392"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="631C90A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FDE5F67"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="588A075E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F744C69"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="57A02EDE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1954166495">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="291596187">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2139372134">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2120636521">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="459495155">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="89008713">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="271859832">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1265765694">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="920716488">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1665011705">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1191338425">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1641685277">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1758862937">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1344934313">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="20203435">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1440024002">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="53968636">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="608707614">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="162357877">
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-[...1 lines deleted...]
-  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00776423"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00CA382F"/>
+    <w:rsidRoot w:val="00901471"/>
+    <w:rsid w:val="00257807"/>
+    <w:rsid w:val="005B57F1"/>
+    <w:rsid w:val="00901471"/>
+    <w:rsid w:val="00A63A2D"/>
+    <w:rsid w:val="00AE3F92"/>
+    <w:rsid w:val="00D038E9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="fr-FR"/>
+  <w:themeFontLang w:val="fr-FR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1EA7609A"/>
+  <w14:docId w14:val="5FA60D3D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2201C037-2848-4B70-86CD-A8A4783E3AF0}"/>
+  <w15:docId w15:val="{B27C7464-FCCD-4E8B-830E-CD542AF96021}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1171,1176 +4953,640 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00776423"/>
+    <w:rsid w:val="00901471"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00901471"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00901471"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A63A2D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A63A2D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A63A2D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A63A2D"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1085 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2598,55 +5844,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2562</Characters>
+  <Pages>4</Pages>
+  <Words>878</Words>
+  <Characters>4829</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3021</CharactersWithSpaces>
+  <CharactersWithSpaces>5696</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>hp</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>